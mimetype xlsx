--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Default Extension="sigs" ContentType="application/vnd.openxmlformats-package.digital-signature-origin"/>
+  <Override PartName="/_xmlsignatures/sig1.xml" ContentType="application/vnd.openxmlformats-package.digital-signature-xmlsignature+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/digital-signature/origin" Target="_xmlsignatures/origin.sigs"/></Relationships>
+
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4507"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="11400" windowHeight="5895"/>
   </bookViews>
   <sheets>
     <sheet name="TDSheet" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725" refMode="R1C1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="24">
   <si>
     <t>Школа</t>
   </si>
   <si>
     <t>Отд./корп</t>
   </si>
   <si>
@@ -799,50 +802,184 @@
       </c>
       <c r="I8" s="10">
         <v>11.44</v>
       </c>
       <c r="J8" s="10">
         <v>11.11</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="11.45" customHeight="1">
       <c r="E9" s="13"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="E2:J2"/>
   </mergeCells>
   <pageMargins left="0.75" right="1" top="0.75" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
+<file path=_xmlsignatures/_rels/origin.sigs.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/digital-signature/signature" Target="sig1.xml"/></Relationships>
+</file>
+
+<file path=_xmlsignatures/sig1.xml><?xml version="1.0" encoding="utf-8"?>
+<Signature xmlns="http://www.w3.org/2000/09/xmldsig#" Id="idPackageSignature">
+  <SignedInfo>
+    <CanonicalizationMethod Algorithm="http://www.w3.org/TR/2001/REC-xml-c14n-20010315"/>
+    <SignatureMethod Algorithm="http://www.w3.org/2000/09/xmldsig#rsa-sha1"/>
+    <Reference Type="http://www.w3.org/2000/09/xmldsig#Object" URI="#idPackageObject">
+      <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+      <DigestValue>3PR8kpzArhLpNsUMIsxFGiiyQBM=</DigestValue>
+    </Reference>
+    <Reference Type="http://www.w3.org/2000/09/xmldsig#Object" URI="#idOfficeObject">
+      <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+      <DigestValue>qHaQ7908NIwzGU7HYBA+z0wQ+Vo=</DigestValue>
+    </Reference>
+  </SignedInfo>
+  <SignatureValue>EmAFL8ipfKtSFUhZ8Z9/bkQVZ/1uKpSGOVRS3KGn/dlTb/QxOgPkGcZ1qQHePRpSqFlYXdEsTJ/y1bqPiiAmwrlQir/ekazhXUjuf+dkP4i/6Y2esWor+nYH+Ag/bGVxRdqr2x70P4c/yOQRzQ1PX39yHH6UmR397pzU/i93II/91MyCLTlv/oNowfdrJTXl5tRzB3LeN592q8O6Rfs2EJSRfjpJoZ8quDWqWWasFsTkwFLt+iD9UXeuN1hGEJRvaeFuwiooNLAnQ/2RxRXa2NQ++U407uvxoGVMrbKXlvv7xZWkFfE/M2U5EKISK2t64k9nN2xEvody81lgGY1wf/Grg3PGBC4xcI4inQ77qR8NLXnTxeMYipRG5bi51Iu1sXSH32U2WieWDtCbuKv8B1Rm61MT0o49uyyB5s2MAtJgW/mvYsrTNmF0mqKp2QZE+Tk8VetECu+NTNHHJoQMcP4ayhxuTZwkf7MZlmx1toEnV7g+0GjMYA0qpq5RiiAM4QWsRtDk3AZQr0zrt1mxuzxfGGXzMOXcCwjSK9I4tzjXIoe/RjP4kwrDl+zGeG8zpu0MvtPfy6mYfKkf2qw7sjV/pphnxnGBsKQax9yv1VDMIM9GWz6KOJejU2tEW3bgVwXIstRPsgaHH4R0a7OTB8VEgdbpW0MpsPAQRe8i9VQ=</SignatureValue>
+  <KeyInfo>
+    <X509Data>
+      <X509Certificate>MIIFizCCA3MCFD/c9thsdjUG5WWbQMFN8vFPDZGAMA0GCSqGSIb3DQEBCwUAMIGQ
+MS4wLAYDVQQDDCXRgdCw0LnRgtGL0L7QsdGA0LDQt9C+0LLQsNC90LjRji7RgNGE
+MS4wLAYDVQQKDCXRgdCw0LnRgtGL0L7QsdGA0LDQt9C+0LLQsNC90LjRji7RgNGE
+MSEwHwYDVQQHDBjQldC60LDRgtC10YDQuNC90LHRg9GA0LMxCzAJBgNVBAYTAlJV
+MB4XDTI1MTAxMzExMjExNFoXDTI2MTAxMzExMjExNFowczFDMEEGA1UEAww60JHQ
+sNGA0LDQvdC+0LLRgdC60LDRjyDQm9Cw0YDQuNGB0LAg0JPRgNC40LPQvtGA0YzQ
+tdCy0L3QsDEfMB0GA1UECgwW0JzQkdCe0KMg0J7QntCoIOKEliAyNjELMAkGA1UE
+BhMCUlUwggIiMA0GCSqGSIb3DQEBAQUAA4ICDwAwggIKAoICAQCogasrgFRrby8J
+rZkntFoD40f0jsjM9JRJgy7K0lquCXS7s27jIs6O2QmICVUzRxbBloQip0+JGa18
+BlOxrT3Po50utfgle0/2GIAv5bDVtb0OE8rOPubzW05PDSbk1bb4tOEM5+kHc08h
+fI5RaMQwKlOCBgVm5pwNfVn2WANNQlRMFdpbwtCiYrrGFNzztsVu6v5gHdZHLZa9
+Ec8ILWBC780ecblS5Vj8g8Db+xKQ5GKaI/S716NFvRji+DQuth1ojrj1ipXqQsd4
+SwdP+3ZxCUOPgLX5gn/15wvAVurPNXthmJaHrICd2bFEZFas+9/9IPYEvB59wadj
+odMAOAL0cpkKiVB+TOh0Wd4yB+qFghJRCUEVOA6mKw9lTEjMs8pTtsFyabhtmxVa
+d5hAKXrXXNrj/jHNKZCkTM94m/IPMVlPjAwA92qSakqsd12//64VQe+Pc+O5ItwB
+gTjfRCxyrLat7IYZOC2YBEcNAM0Qs8Y8Q2E49rQFdufazH2SnABIjcbYPusOVS80
+V+morBgxm2UReM5wunOnkrBRf3uoHPk06meZm0mZpWexgQQdnxbuDU1zo7wHwxAO
+LLMTsbLjnME2WxjgCfmYlAP6OqaApAgAnlBl84b3M8wk7fQE0WNz3N0Fodgla7pR
+LQFFU5LOx7jnRJPX2CanZLE2a/NDkwIDAQABMA0GCSqGSIb3DQEBCwUAA4ICAQBy
+XnfzSijWeoCQDyDCeOkkiFPAUZf6dwnSg/q8C1Xh3Ptr9GsyDDyUkQ9gKJb87AzI
+YT+9L9mXMkIV/ouJA7c+t+vLFjndaeJ4OpwwWy+dVamFj+jhMgr4Boh32ls7kuPh
+Jza2/+yBlz9NqhgDqy+bmbLnMSA3mu1hvCMEz1DD8nVqaz0Wo9UxH7dFpi6gzDzZ
+68HoL8cut7suEHISOSavGx3my1ijq35M//uI79B6SOuR4+ExDLkjujlQZ2nTxJ/R
+75Dly8Iwh+VoVcBnNewVdF8S4SX+aBEZ3OslTBy2F+y2DyBASJgL4dLEuPLzK/Ud
+qsFAa6XG/ugY8sH4T/5sEwe5fPTCenxs7qiCCOgh/XSYDdBJtk5oc1Kcd7ic7Mpw
+v90soJgoJ0LkjbxGHG+kOrxYPiDhFbfwp201dB2459nQ6/IC8M8jm4LDkQOtWVMw
+pXBlmJl4c7jFKTQHwF20eVqmS5pjx93XyFhO3X5i8WmTnI2Po4kBhEVPu4s0EHUl
+l6ZoqBnWrjBv8TJGq844FIt3Urxe52LAq8bWbXcgeGq8yLALDwOS2afcSz4y30Qf
+GIiWgD9JX6IBea7oaEyR+NXzcGylDIk61kbO/BmdhQedyQY5DetqCj15PAgNuWnc
+FzPMJIOnIcAuIgEQoKIZncuRmwhRDVJKH68PWDqcxg==</X509Certificate>
+    </X509Data>
+  </KeyInfo>
+  <Object xmlns:mdssi="http://schemas.openxmlformats.org/package/2006/digital-signature" Id="idPackageObject">
+    <Manifest>
+      <Reference URI="/_rels/.rels?ContentType=application/vnd.openxmlformats-package.relationships+xml">
+        <Transforms>
+          <Transform Algorithm="http://schemas.openxmlformats.org/package/2006/RelationshipTransform">
+            <mdssi:RelationshipReference SourceId="rId1"/>
+          </Transform>
+          <Transform Algorithm="http://www.w3.org/TR/2001/REC-xml-c14n-20010315"/>
+        </Transforms>
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>+nAd0bim5u961Z6hkrztwiSj8HA=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/_rels/workbook.xml.rels?ContentType=application/vnd.openxmlformats-package.relationships+xml">
+        <Transforms>
+          <Transform Algorithm="http://schemas.openxmlformats.org/package/2006/RelationshipTransform">
+            <mdssi:RelationshipReference SourceId="rId3"/>
+            <mdssi:RelationshipReference SourceId="rId2"/>
+            <mdssi:RelationshipReference SourceId="rId1"/>
+            <mdssi:RelationshipReference SourceId="rId4"/>
+          </Transform>
+          <Transform Algorithm="http://www.w3.org/TR/2001/REC-xml-c14n-20010315"/>
+        </Transforms>
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>/MRSwmP7vyqsV2Y2PZQJiI7T9Uc=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/sharedStrings.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>/tDnd0rAuxIh+D5LsK5xjG/6zoI=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/styles.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>Fanau0luJnnnl7CzH3Ua4Fpl8Cc=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/theme/theme1.xml?ContentType=application/vnd.openxmlformats-officedocument.theme+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>VdWDcGSSpxaVBhQ1dK/ly39pen8=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/workbook.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>q4hrXG8PRXmhuc0bSJBW69GUDSA=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/worksheets/sheet1.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>ZLAqT6GbQ1QZbwLg0S0oJuQs1xs=</DigestValue>
+      </Reference>
+    </Manifest>
+    <SignatureProperties>
+      <SignatureProperty Id="idSignatureTime" Target="#idPackageSignature">
+        <mdssi:SignatureTime>
+          <mdssi:Format>YYYY-MM-DDThh:mm:ssTZD</mdssi:Format>
+          <mdssi:Value>2025-11-09T16:35:31Z</mdssi:Value>
+        </mdssi:SignatureTime>
+      </SignatureProperty>
+    </SignatureProperties>
+  </Object>
+  <Object Id="idOfficeObject">
+    <SignatureProperties>
+      <SignatureProperty Id="idOfficeV1Details" Target="#idPackageSignature">
+        <SignatureInfoV1 xmlns="http://schemas.microsoft.com/office/2006/digsig">
+          <SetupID/>
+          <SignatureText/>
+          <SignatureImage/>
+          <SignatureComments>Защита подлинности документа</SignatureComments>
+          <WindowsVersion>5.1</WindowsVersion>
+          <OfficeVersion>12.0</OfficeVersion>
+          <ApplicationVersion>12.0</ApplicationVersion>
+          <Monitors>1</Monitors>
+          <HorizontalResolution>1680</HorizontalResolution>
+          <VerticalResolution>1050</VerticalResolution>
+          <ColorDepth>32</ColorDepth>
+          <SignatureProviderId>{00000000-0000-0000-0000-000000000000}</SignatureProviderId>
+          <SignatureProviderUrl/>
+          <SignatureProviderDetails>9</SignatureProviderDetails>
+          <ManifestHashAlgorithm>http://www.w3.org/2000/09/xmldsig#sha1</ManifestHashAlgorithm>
+          <SignatureType>1</SignatureType>
+        </SignatureInfoV1>
+      </SignatureProperty>
+    </SignatureProperties>
+  </Object>
+</Signature>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>TDSheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>